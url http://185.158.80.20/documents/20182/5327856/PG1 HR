--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -15,129 +15,144 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PG1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="26">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="31">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>UPLATE I ISPLATE GOTOVOG NOVCA NA RAČUN ZA PLAĆANJE POTROŠAČA I NEPOTROŠAČA U REPUBLICI HRVATSKOJ U EURIMA {1} - 2025. godina
 </t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Vrsta iznosa</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
   <si>
     <t>NEPOTROŠAČ</t>
   </si>
   <si>
     <t>UKUPNO</t>
   </si>
   <si>
     <t>Uplate</t>
   </si>
   <si>
     <t>Isplate</t>
   </si>
   <si>
     <t>Isplate{2}</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t> Ukupno - Broj transakcija </t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> </t>
   </si>
   <si>
     <t> Ukupno - Vrijednost transakcija </t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t>{1} odnosi se na uplate u eurima na šalterima i dnevno-noćnim trezorima  i isplate na šalterima izvještajnih obveznika</t>
   </si>
   <si>
     <t>{2} uključuje isplate s računa kreditnih institucija</t>
+  </si>
+  <si>
+    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -541,51 +556,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:N32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="33" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
@@ -643,666 +658,935 @@
       </c>
       <c r="E9" t="s" s="5">
         <v>12</v>
       </c>
       <c r="G9" t="s" s="5">
         <v>11</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>13</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>11</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" t="s" s="7">
         <v>14</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C10" s="8">
-        <v>2050861</v>
+        <v>2049767</v>
       </c>
       <c r="D10" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E10" s="8">
         <v>533040</v>
       </c>
       <c r="F10" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G10" s="8">
         <v>933775</v>
       </c>
       <c r="H10" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I10" s="8">
-        <v>162200</v>
+        <v>161212</v>
       </c>
       <c r="J10" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K10" s="9">
-        <v>2984636</v>
+        <v>2983542</v>
       </c>
       <c r="L10" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M10" s="9">
-        <v>695240</v>
+        <v>694252</v>
       </c>
       <c r="N10" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C11" s="8">
-        <v>330753541</v>
+        <v>325168880</v>
       </c>
       <c r="D11" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E11" s="8">
         <v>715338817</v>
       </c>
       <c r="F11" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G11" s="8">
         <v>1415600698</v>
       </c>
       <c r="H11" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I11" s="8">
-        <v>136852051</v>
+        <v>131320416</v>
       </c>
       <c r="J11" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K11" s="9">
-        <v>1746354239</v>
+        <v>1740769578</v>
       </c>
       <c r="L11" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M11" s="9">
-        <v>852190868</v>
+        <v>846659233</v>
       </c>
       <c r="N11" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C12" s="8">
-        <v>1999725</v>
+        <v>1998609</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E12" s="8">
         <v>523213</v>
       </c>
       <c r="F12" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G12" s="8">
         <v>895730</v>
       </c>
       <c r="H12" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I12" s="8">
-        <v>150364</v>
+        <v>149421</v>
       </c>
       <c r="J12" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K12" s="9">
-        <v>2895455</v>
+        <v>2894339</v>
       </c>
       <c r="L12" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M12" s="9">
-        <v>673577</v>
+        <v>672634</v>
       </c>
       <c r="N12" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C13" s="8">
-        <v>310604153</v>
+        <v>304242661</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E13" s="8">
         <v>749263747</v>
       </c>
       <c r="F13" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G13" s="8">
         <v>1337150593</v>
       </c>
       <c r="H13" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I13" s="8">
-        <v>130461394</v>
+        <v>125568958</v>
       </c>
       <c r="J13" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K13" s="9">
-        <v>1647754746</v>
+        <v>1641393254</v>
       </c>
       <c r="L13" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M13" s="9">
-        <v>879725141</v>
+        <v>874832705</v>
       </c>
       <c r="N13" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" t="s" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C14" s="8">
-        <v>2129217</v>
+        <v>2128002</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E14" s="8">
         <v>555638</v>
       </c>
       <c r="F14" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G14" s="8">
         <v>983970</v>
       </c>
       <c r="H14" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I14" s="8">
-        <v>169509</v>
+        <v>168448</v>
       </c>
       <c r="J14" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K14" s="9">
-        <v>3113187</v>
+        <v>3111972</v>
       </c>
       <c r="L14" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M14" s="9">
-        <v>725147</v>
+        <v>724086</v>
       </c>
       <c r="N14" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C15" s="8">
-        <v>331442637</v>
+        <v>325064134</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E15" s="8">
         <v>855723947</v>
       </c>
       <c r="F15" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G15" s="8">
         <v>1506354486</v>
       </c>
       <c r="H15" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I15" s="8">
-        <v>140591773</v>
+        <v>135071005</v>
       </c>
       <c r="J15" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K15" s="9">
-        <v>1837797123</v>
+        <v>1831418620</v>
       </c>
       <c r="L15" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M15" s="9">
-        <v>996315720</v>
+        <v>990794952</v>
       </c>
       <c r="N15" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" t="s" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C16" s="8">
-        <v>2030384</v>
+        <v>2029170</v>
       </c>
       <c r="D16" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E16" s="8">
         <v>599829</v>
       </c>
       <c r="F16" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G16" s="8">
         <v>920002</v>
       </c>
       <c r="H16" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I16" s="8">
-        <v>211560</v>
+        <v>210524</v>
       </c>
       <c r="J16" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K16" s="9">
-        <v>2950386</v>
+        <v>2949172</v>
       </c>
       <c r="L16" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M16" s="9">
-        <v>811389</v>
+        <v>810353</v>
       </c>
       <c r="N16" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C17" s="8">
-        <v>306747402</v>
+        <v>299980899</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E17" s="8">
         <v>820961852</v>
       </c>
       <c r="F17" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G17" s="8">
         <v>1562416499</v>
       </c>
       <c r="H17" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I17" s="8">
-        <v>152395905</v>
+        <v>146813019</v>
       </c>
       <c r="J17" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K17" s="9">
-        <v>1869163901</v>
+        <v>1862397398</v>
       </c>
       <c r="L17" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M17" s="9">
-        <v>973357757</v>
+        <v>967774871</v>
       </c>
       <c r="N17" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" t="s" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C18" s="8">
-        <v>2021009</v>
+        <v>2019863</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E18" s="8">
         <v>557508</v>
       </c>
       <c r="F18" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G18" s="8">
         <v>931856</v>
       </c>
       <c r="H18" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I18" s="8">
-        <v>156636</v>
+        <v>155590</v>
       </c>
       <c r="J18" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K18" s="9">
-        <v>2952865</v>
+        <v>2951719</v>
       </c>
       <c r="L18" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M18" s="9">
-        <v>714144</v>
+        <v>713098</v>
       </c>
       <c r="N18" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B19" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C19" s="8">
-        <v>329030060</v>
+        <v>323175882</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E19" s="8">
         <v>791650782</v>
       </c>
       <c r="F19" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G19" s="8">
         <v>1597013254</v>
       </c>
       <c r="H19" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I19" s="8">
-        <v>142343139</v>
+        <v>136729822</v>
       </c>
       <c r="J19" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K19" s="9">
-        <v>1926043314</v>
+        <v>1920189136</v>
       </c>
       <c r="L19" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M19" s="9">
-        <v>933993921</v>
+        <v>928380604</v>
       </c>
       <c r="N19" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" t="s" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B20" t="s" s="7">
         <v>15</v>
       </c>
       <c r="C20" s="8">
-        <v>2036747</v>
+        <v>2035583</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E20" s="8">
         <v>548877</v>
       </c>
       <c r="F20" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G20" s="8">
         <v>1008353</v>
       </c>
       <c r="H20" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I20" s="8">
-        <v>151563</v>
+        <v>150539</v>
       </c>
       <c r="J20" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K20" s="9">
-        <v>3045100</v>
+        <v>3043936</v>
       </c>
       <c r="L20" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M20" s="9">
-        <v>700440</v>
+        <v>699416</v>
       </c>
       <c r="N20" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B21" t="s" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C21" s="8">
-        <v>329248445</v>
+        <v>323240847</v>
       </c>
       <c r="D21" t="s" s="7">
         <v>16</v>
       </c>
       <c r="E21" s="8">
         <v>793630592</v>
       </c>
       <c r="F21" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G21" s="8">
         <v>1886234175</v>
       </c>
       <c r="H21" t="s" s="7">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I21" s="8">
-        <v>151383239</v>
+        <v>145412571</v>
       </c>
       <c r="J21" t="s" s="7">
         <v>16</v>
       </c>
       <c r="K21" s="9">
-        <v>2215482620</v>
+        <v>2209475022</v>
       </c>
       <c r="L21" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M21" s="9">
-        <v>945013831</v>
+        <v>939043163</v>
       </c>
       <c r="N21" t="s" s="10">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:14">
-      <c r="A22" t="s" s="11">
-[...2 lines deleted...]
-      <c r="B22" t="s" s="12">
+      <c r="A22" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="B22" t="s" s="7">
         <v>15</v>
       </c>
-      <c r="C22" s="13">
-[...33 lines deleted...]
-        <v>16</v>
+      <c r="C22" s="8">
+        <v>2073807</v>
+      </c>
+      <c r="D22" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E22" s="8">
+        <v>543891</v>
+      </c>
+      <c r="F22" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G22" s="8">
+        <v>1131108</v>
+      </c>
+      <c r="H22" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I22" s="8">
+        <v>157276</v>
+      </c>
+      <c r="J22" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K22" s="9">
+        <v>3204915</v>
+      </c>
+      <c r="L22" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M22" s="9">
+        <v>701167</v>
+      </c>
+      <c r="N22" t="s" s="10">
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:14">
-      <c r="A23" t="s" s="14">
-[...39 lines deleted...]
-        <v>16</v>
+      <c r="A23" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C23" s="8">
+        <v>412814721</v>
+      </c>
+      <c r="D23" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E23" s="8">
+        <v>853865567</v>
+      </c>
+      <c r="F23" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G23" s="8">
+        <v>2150570692</v>
+      </c>
+      <c r="H23" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I23" s="8">
+        <v>163772706</v>
+      </c>
+      <c r="J23" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K23" s="9">
+        <v>2563385413</v>
+      </c>
+      <c r="L23" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M23" s="9">
+        <v>1017638273</v>
+      </c>
+      <c r="N23" t="s" s="10">
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:14">
-      <c r="A24" t="s">
-        <v>24</v>
+      <c r="A24" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="B24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C24" s="8">
+        <v>1887226</v>
+      </c>
+      <c r="D24" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E24" s="8">
+        <v>486668</v>
+      </c>
+      <c r="F24" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G24" s="8">
+        <v>1005880</v>
+      </c>
+      <c r="H24" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I24" s="8">
+        <v>144859</v>
+      </c>
+      <c r="J24" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K24" s="9">
+        <v>2893106</v>
+      </c>
+      <c r="L24" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M24" s="9">
+        <v>631527</v>
+      </c>
+      <c r="N24" t="s" s="10">
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:14">
-      <c r="A25" t="s">
-        <v>25</v>
+      <c r="A25" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="B25" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C25" s="8">
+        <v>297404809</v>
+      </c>
+      <c r="D25" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E25" s="8">
+        <v>639578920</v>
+      </c>
+      <c r="F25" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G25" s="8">
+        <v>2102777805</v>
+      </c>
+      <c r="H25" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I25" s="8">
+        <v>139752184</v>
+      </c>
+      <c r="J25" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K25" s="9">
+        <v>2400182614</v>
+      </c>
+      <c r="L25" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M25" s="9">
+        <v>779331104</v>
+      </c>
+      <c r="N25" t="s" s="10">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="B26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="C26" s="8">
+        <v>2042750</v>
+      </c>
+      <c r="D26" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E26" s="8">
+        <v>556794</v>
+      </c>
+      <c r="F26" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G26" s="8">
+        <v>1060910</v>
+      </c>
+      <c r="H26" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I26" s="8">
+        <v>148635</v>
+      </c>
+      <c r="J26" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K26" s="9">
+        <v>3103660</v>
+      </c>
+      <c r="L26" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M26" s="9">
+        <v>705429</v>
+      </c>
+      <c r="N26" t="s" s="10">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="B27" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C27" s="8">
+        <v>364545370</v>
+      </c>
+      <c r="D27" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="E27" s="8">
+        <v>841993892</v>
+      </c>
+      <c r="F27" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="G27" s="8">
+        <v>1908011234</v>
+      </c>
+      <c r="H27" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="I27" s="8">
+        <v>152531538</v>
+      </c>
+      <c r="J27" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="K27" s="9">
+        <v>2272556604</v>
+      </c>
+      <c r="L27" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="M27" s="9">
+        <v>994525430</v>
+      </c>
+      <c r="N27" t="s" s="10">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" t="s" s="11">
+        <v>27</v>
+      </c>
+      <c r="B28" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="C28" s="13">
+        <v>18264777</v>
+      </c>
+      <c r="D28" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="E28" s="13">
+        <v>4905458</v>
+      </c>
+      <c r="F28" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="G28" s="13">
+        <v>8871584</v>
+      </c>
+      <c r="H28" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="I28" s="13">
+        <v>1446504</v>
+      </c>
+      <c r="J28" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="K28" s="13">
+        <v>27136361</v>
+      </c>
+      <c r="L28" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="M28" s="13">
+        <v>6351962</v>
+      </c>
+      <c r="N28" t="s" s="12">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" t="s" s="14">
+        <v>17</v>
+      </c>
+      <c r="B29" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="C29" s="13">
+        <v>2975638203</v>
+      </c>
+      <c r="D29" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="E29" s="13">
+        <v>7062008116</v>
+      </c>
+      <c r="F29" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="G29" s="13">
+        <v>15466129436</v>
+      </c>
+      <c r="H29" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="I29" s="13">
+        <v>1276972219</v>
+      </c>
+      <c r="J29" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="K29" s="13">
+        <v>18441767639</v>
+      </c>
+      <c r="L29" t="s" s="12">
+        <v>17</v>
+      </c>
+      <c r="M29" s="13">
+        <v>8338980335</v>
+      </c>
+      <c r="N29" t="s" s="12">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>